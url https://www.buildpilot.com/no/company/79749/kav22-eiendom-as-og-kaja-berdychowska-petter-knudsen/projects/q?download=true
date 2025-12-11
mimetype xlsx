--- v0 (2025-10-23)
+++ v1 (2025-12-11)
@@ -629,51 +629,51 @@
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="I7">
         <v>2023</v>
       </c>
       <c r="J7">
         <v>2</v>
       </c>
       <c r="K7">
         <v>2024</v>
       </c>
       <c r="L7">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B8" t="s">
         <v>31</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>25</v>
       </c>
       <c r="I8">