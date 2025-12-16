--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -69,54 +69,54 @@
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/boligutvikling-i-nyhaugveien-med-110-130-enheter-634270927</t>
-[...2 lines deleted...]
-    <t>Boligutvikling i Nyhaugveien med 110-130 enheter</t>
+    <t>https://www.buildpilot.com/no/project/nyhaugveien-boligomrade-med-110-130-nye-enheter-634270927</t>
+  </si>
+  <si>
+    <t>Nyhaugveien boligområde med 110-130 nye enheter</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -435,51 +435,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/boligutvikling-i-nyhaugveien-med-110-130-enheter-634270927" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nyhaugveien-boligomrade-med-110-130-nye-enheter-634270927" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">