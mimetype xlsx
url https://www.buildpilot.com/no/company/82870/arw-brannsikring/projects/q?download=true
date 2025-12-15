--- v0 (2025-10-23)
+++ v1 (2025-12-15)
@@ -665,89 +665,89 @@
       <c r="A7" s="1" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>37</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J7">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="P7">
         <v>3892</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>39</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8" t="s">
         <v>40</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>34</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="I8">
         <v>2022</v>
       </c>
       <c r="J8">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="K8">
         <v>2023</v>
       </c>
       <c r="L8">
         <v>7</v>
       </c>
       <c r="P8">
         <v>3220</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>