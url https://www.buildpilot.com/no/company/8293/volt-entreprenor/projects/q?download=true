--- v0 (2025-10-15)
+++ v1 (2025-12-16)
@@ -129,51 +129,51 @@
   <si>
     <t>Bogen I Ofoten</t>
   </si>
   <si>
     <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/utvidelsen-av-narvikterminalen-395738941</t>
   </si>
   <si>
     <t>Utvidelsen av Narvikterminalen</t>
   </si>
   <si>
     <t>Narvik</t>
   </si>
   <si>
     <t>Jernbaner</t>
   </si>
   <si>
     <t>Utvidelse</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
-    <t>21 900 NOK/kvm</t>
+    <t>22 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/oppeid-omsorgsboliger-utviklingsprosjekt-907498646</t>
   </si>
   <si>
     <t>Oppeid Omsorgsboliger Utviklingsprosjekt</t>
   </si>
   <si>
     <t>Hamarøy</t>
   </si>
   <si>
     <t>Flermannsboliger</t>
   </si>
   <si>
     <t>38 300 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/fruhallarn-omsorgsboliger-harstad-509057558</t>
   </si>
   <si>
     <t>Fruhallarn Omsorgsboliger Harstad</t>
   </si>
   <si>
     <t>Harstad</t>
   </si>
@@ -695,51 +695,51 @@
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>37</v>
       </c>
       <c r="G7" t="s">
         <v>38</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2021</v>
       </c>
       <c r="J7">
         <v>10</v>
       </c>
       <c r="K7">
         <v>2023</v>
       </c>
       <c r="L7">
         <v>6</v>
       </c>
       <c r="M7">
-        <v>328500000</v>
+        <v>330000000</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="P7">
         <v>15000</v>
       </c>
       <c r="Q7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B8" t="s">
         <v>41</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">