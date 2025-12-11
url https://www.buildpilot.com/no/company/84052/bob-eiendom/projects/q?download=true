--- v0 (2025-10-15)
+++ v1 (2025-12-11)
@@ -90,66 +90,66 @@
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/transformasjon-og-utbygging-av-damsgardssundet-194943924</t>
   </si>
   <si>
     <t>Transformasjon og Utbygging av Damsgårdssundet</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Kombinasjonsbygg</t>
   </si>
   <si>
     <t>Transformasjon</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
+    <t>https://www.buildpilot.com/no/project/maken-borettslag-gardsrom-og-nybygg-300252695</t>
+  </si>
+  <si>
+    <t>Måken borettslag gårdsrom og nybygg</t>
+  </si>
+  <si>
+    <t>Boligblokker</t>
+  </si>
+  <si>
+    <t>Nybygg</t>
+  </si>
+  <si>
     <t>NOK</t>
   </si>
   <si>
-    <t>2 800 NOK/kvm</t>
-[...11 lines deleted...]
-    <t>Nybygg</t>
+    <t>3 800 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/utomhusanlegg-for-treet-verdens-hoyeste-trehus-468213143</t>
   </si>
   <si>
     <t>Utomhusanlegg for Treet - verdens høyeste trehus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
@@ -567,110 +567,104 @@
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>2009</v>
       </c>
       <c r="J5">
         <v>7</v>
       </c>
       <c r="K5">
         <v>2024</v>
       </c>
       <c r="L5">
         <v>7</v>
       </c>
-      <c r="M5">
-[...4 lines deleted...]
-      </c>
       <c r="P5">
         <v>60000</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B6" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="M6">
         <v>5000000</v>
       </c>
+      <c r="N6" t="s">
+        <v>30</v>
+      </c>
       <c r="P6">
         <v>1300</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="F7" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>2400000</v>
+        <v>29</v>
       </c>
       <c r="P7">
         <v>2400</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>