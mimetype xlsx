--- v0 (2025-10-25)
+++ v1 (2025-12-12)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/av-gatetun-og-offentlige-veier-ved-gullhaug-torg-1-205940087</t>
   </si>
   <si>
     <t>Opparbeidelse av gatetun og offentlige veier ved Gullhaug Torg 1</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
-    <t>Byggeforberedelser</t>
+    <t>Prosjektering</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/bolig-og-naeringsprosjekt-gullhaug-torg-1-463595553</t>
   </si>
   <si>
     <t>Bolig- og næringsprosjekt Gullhaug Torg 1</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -544,80 +544,83 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>2026</v>
       </c>
       <c r="J5">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="I6">
         <v>2026</v>
       </c>
       <c r="J6">
         <v>4</v>
+      </c>
+      <c r="P6">
+        <v>18328</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>