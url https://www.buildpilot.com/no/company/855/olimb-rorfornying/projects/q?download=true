--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -111,51 +111,51 @@
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rorfornying-med-stromperenovering-659069377</t>
   </si>
   <si>
     <t>Rørfornying med Strømperenovering</t>
   </si>
   <si>
     <t>Vann- og avløpsanlegg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/oslo-vav-stromperenoveringsprosjekt-200065900</t>
   </si>
   <si>
     <t>Oslo VAV Strømperenoveringsprosjekt</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Byggeforberedelser</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/modernisering-av-radhusgata-5-947778172</t>
   </si>
   <si>
     <t>Modernisering av Rådhusgata 5</t>
   </si>
   <si>
     <t>Kontorbygg</t>
   </si>
   <si>
     <t>Ombygging</t>
   </si>
   <si>
     <t>Hovedentreprise</t>
   </si>
   <si>
     <t>21 900 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -688,51 +688,51 @@
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>37</v>
       </c>
       <c r="G8" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="H8" t="s">
         <v>26</v>
       </c>
       <c r="M8">
         <v>164000000</v>
       </c>
       <c r="N8" t="s">
         <v>27</v>
       </c>
       <c r="O8" t="s">
         <v>38</v>
       </c>
       <c r="P8">
         <v>7500</v>
       </c>
       <c r="Q8" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>