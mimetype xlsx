--- v0 (2025-10-16)
+++ v1 (2025-12-10)
@@ -10,56 +10,56 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="41">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
-    <t>To see the remaining 25 projects you must log in.</t>
+    <t>To see the remaining 26 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
     <t>development_phase</t>
   </si>
   <si>
     <t>engagement</t>
   </si>
@@ -124,53 +124,50 @@
     <t>Hytter</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/alen-renseanlegg-maskin-og-prosessentreprise-m1-m1-274780547</t>
   </si>
   <si>
     <t>Myrkdalen renseanlegg, Maskin- og prosessentreprise M1 (M1)</t>
   </si>
   <si>
     <t>Avløpsrenseanlegg</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/g-av-asfalt-og-asfaltarbeid-for-voss-herad-25-3279-149801156</t>
   </si>
   <si>
     <t>Anskaffing av asfalt og asfaltarbeid for Voss Herad (25/3279)</t>
   </si>
   <si>
     <t>Veier</t>
-  </si>
-[...1 lines deleted...]
-    <t>NOK</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/-14-18-boligutvikling-med-fortetting-og-tilpasning-526499155</t>
   </si>
   <si>
     <t>Blomvegen 14-18 Boligutvikling med fortetting og tilpasning</t>
   </si>
   <si>
     <t>Eneboliger</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
@@ -583,51 +580,51 @@
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="I5">
         <v>2026</v>
       </c>
       <c r="J5">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>28</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>31</v>
       </c>
       <c r="I6">
@@ -681,72 +678,66 @@
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>37</v>
       </c>
       <c r="F8" t="s">
         <v>30</v>
       </c>
       <c r="G8" t="s">
         <v>31</v>
       </c>
       <c r="I8">
         <v>2025</v>
       </c>
       <c r="J8">
         <v>7</v>
       </c>
       <c r="K8">
         <v>2026</v>
       </c>
       <c r="L8">
         <v>7</v>
       </c>
-      <c r="M8">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F9" t="s">
         <v>30</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
       <c r="I9">
         <v>2025</v>
       </c>
       <c r="J9">
         <v>7</v>
       </c>
       <c r="P9">
         <v>2559</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>