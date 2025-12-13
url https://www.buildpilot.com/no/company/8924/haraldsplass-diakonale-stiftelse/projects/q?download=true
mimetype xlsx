--- v0 (2025-10-21)
+++ v1 (2025-12-13)
@@ -87,51 +87,51 @@
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/moderne-helserettet-og-utdanningslokaler-904857958</t>
   </si>
   <si>
     <t>Moderne Helserettet og Utdanningslokaler</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Bergen</t>
   </si>
   <si>
     <t>Sykehus</t>
   </si>
   <si>
     <t>Utvidelse</t>
   </si>
   <si>
-    <t>Bygging</t>
+    <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>