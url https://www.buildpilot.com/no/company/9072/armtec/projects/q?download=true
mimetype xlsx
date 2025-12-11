--- v0 (2025-10-17)
+++ v1 (2025-12-11)
@@ -99,99 +99,99 @@
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Oslo</t>
   </si>
   <si>
     <t>Sykehus</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Samspillsentreprise</t>
   </si>
   <si>
-    <t>36 000 NOK/kvm</t>
+    <t>33 600 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/kvartal-17-nytorvet-boligpark-964272953</t>
   </si>
   <si>
     <t>Kvartal 17 Nytorvet Boligpark</t>
   </si>
   <si>
     <t>Gjøvik</t>
   </si>
   <si>
     <t>Boligblokker</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/infrastrukturforbedringer-askollvegen-boligomrade-248538806</t>
   </si>
   <si>
     <t>Infrastrukturforbedringer Åskollvegen Boligområde</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/sundet-omsorgssenter-nybygg-624651391</t>
   </si>
   <si>
     <t>Sundet Omsorgssenter Nybygg</t>
   </si>
   <si>
     <t>Eidsvoll</t>
   </si>
   <si>
     <t>Eldrehjem</t>
   </si>
   <si>
     <t>Totalentreprise</t>
   </si>
   <si>
     <t>170 000 NOK/kvm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nytorvet-boligpark-prosjekt-595379900</t>
   </si>
   <si>
     <t>Nytorvet Boligpark Prosjekt</t>
   </si>
   <si>
-    <t>74 400 NOK/kvm</t>
+    <t>774 400 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -607,104 +607,104 @@
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="I5">
         <v>2021</v>
       </c>
       <c r="J5">
         <v>3</v>
       </c>
       <c r="K5">
         <v>2023</v>
       </c>
       <c r="L5">
         <v>12</v>
       </c>
       <c r="M5">
-        <v>482000000</v>
+        <v>450000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>13400</v>
       </c>
       <c r="Q5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B6" t="s">
         <v>31</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
         <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="L6">
         <v>1</v>
       </c>
       <c r="P6">
-        <v>3700</v>
+        <v>10986</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>36</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
@@ -783,51 +783,51 @@
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>24</v>
       </c>
       <c r="G9" t="s">
         <v>25</v>
       </c>
       <c r="H9" t="s">
         <v>26</v>
       </c>
       <c r="I9">
         <v>2022</v>
       </c>
       <c r="J9">
         <v>5</v>
       </c>
       <c r="K9">
         <v>2024</v>
       </c>
       <c r="M9">
-        <v>32000000</v>
+        <v>333000000</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
         <v>41</v>
       </c>
       <c r="P9">
         <v>430</v>
       </c>
       <c r="Q9" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
     <hyperlink ref="A8" r:id="rId4"/>
     <hyperlink ref="A9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>