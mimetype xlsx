--- v0 (2025-10-15)
+++ v1 (2025-12-12)
@@ -141,51 +141,51 @@
   <si>
     <t>Innseiling og dypvannskai i Mo i Rana</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/e103-strand-ramstadsletta-elektrisk-jetpeling-565057339</t>
   </si>
   <si>
     <t>E103 Strand-Ramstadsletta Elektrisk Jetpeling</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/mjosbrua-prosjekt-112012650</t>
   </si>
   <si>
     <t>Mjøsbrua Prosjekt</t>
   </si>
   <si>
     <t>Biri</t>
   </si>
   <si>
     <t>Broer</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Prosjektering</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -648,95 +648,95 @@
       <c r="D6" t="s">
         <v>31</v>
       </c>
       <c r="E6" t="s">
         <v>32</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>26</v>
       </c>
       <c r="I6">
         <v>2025</v>
       </c>
       <c r="J6">
         <v>4</v>
       </c>
       <c r="K6">
         <v>2026</v>
       </c>
       <c r="M6">
-        <v>345000000</v>
+        <v>692300000</v>
       </c>
       <c r="N6" t="s">
         <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>35</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
       <c r="H7" t="s">
         <v>26</v>
       </c>
       <c r="I7">
         <v>2024</v>
       </c>
       <c r="J7">
         <v>4</v>
       </c>
       <c r="K7">
         <v>2026</v>
       </c>
       <c r="L7">
         <v>7</v>
       </c>
       <c r="M7">
-        <v>573000000</v>
+        <v>350000000</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>33</v>
       </c>
       <c r="P7">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B8" t="s">
         <v>37</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="E8" t="s">
         <v>38</v>
       </c>
       <c r="F8" t="s">