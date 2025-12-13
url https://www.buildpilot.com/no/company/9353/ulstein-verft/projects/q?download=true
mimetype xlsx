--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -114,54 +114,54 @@
   <si>
     <t>https://www.buildpilot.com/no/project/orges-nye-fregatter-industrielt-samarbeidsprosjekt-373287325</t>
   </si>
   <si>
     <t>Norges nye fregatter - Industrielt samarbeidsprosjekt</t>
   </si>
   <si>
     <t>Militære anlegg</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/twin-x-stern-csov-bygg-321-byggnummer-321-152391683</t>
   </si>
   <si>
     <t>TWIN X-STERN CSOV Bygg 321 (Byggnummer 321)</t>
   </si>
   <si>
     <t>Havner</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/nexans-electra-kabelleggingsfartoy-dp3-736593174</t>
-[...2 lines deleted...]
-    <t>Nexans Electra Kabelleggingsfartøy DP3</t>
+    <t>https://www.buildpilot.com/no/project/xans-electra-kabelleggingsfartoy-ved-ulstein-verft-736593174</t>
+  </si>
+  <si>
+    <t>Nexans Electra Kabelleggingsfartøy ved Ulstein Verft</t>
   </si>
   <si>
     <t>Olje- og gassinstallasjoner</t>
   </si>
   <si>
     <t>Bygging</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/twin-x-stern-windea-curie-havvindserviceskip-320-456134863</t>
   </si>
   <si>
     <t>TWIN X-STERN WINDEA Curie Havvindserviceskip (320)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -477,51 +477,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nybygg-boligbrakkerigger-osnesvegen-106-25-1188-299461034" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/orges-nye-fregatter-industrielt-samarbeidsprosjekt-373287325" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/twin-x-stern-csov-bygg-321-byggnummer-321-152391683" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nexans-electra-kabelleggingsfartoy-dp3-736593174" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/twin-x-stern-windea-curie-havvindserviceskip-320-456134863" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nybygg-boligbrakkerigger-osnesvegen-106-25-1188-299461034" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/orges-nye-fregatter-industrielt-samarbeidsprosjekt-373287325" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/twin-x-stern-csov-bygg-321-byggnummer-321-152391683" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/xans-electra-kabelleggingsfartoy-ved-ulstein-verft-736593174" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/twin-x-stern-windea-curie-havvindserviceskip-320-456134863" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -573,50 +573,53 @@
         <v>18</v>
       </c>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B5" t="s">
         <v>20</v>
       </c>
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
+      <c r="P5">
+        <v>800</v>
+      </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B6" t="s">
         <v>27</v>
       </c>
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>28</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>25</v>
       </c>
       <c r="H6" t="s">
         <v>29</v>
@@ -661,54 +664,51 @@
       <c r="A8" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
         <v>35</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>36</v>
       </c>
       <c r="F8" t="s">
         <v>24</v>
       </c>
       <c r="G8" t="s">
         <v>37</v>
       </c>
       <c r="H8" t="s">
         <v>29</v>
       </c>
       <c r="I8">
-        <v>2025</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>2024</v>
       </c>
       <c r="K8">
         <v>2026</v>
       </c>
       <c r="L8">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>39</v>
       </c>
       <c r="C9" t="s">
         <v>21</v>
       </c>
       <c r="D9" t="s">
         <v>22</v>
       </c>
       <c r="E9" t="s">
         <v>36</v>
       </c>
       <c r="F9" t="s">