--- v0 (2025-10-22)
+++ v1 (2025-12-12)
@@ -90,66 +90,66 @@
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nye-sus-ullandhaug-utvidelse-og-byggetrinn-1-284470988</t>
   </si>
   <si>
     <t>Nye SUS Ullandhaug - Utvidelse og Byggetrinn 1</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Stavanger</t>
   </si>
   <si>
     <t>Sykehus</t>
   </si>
   <si>
     <t>Nybygg</t>
   </si>
   <si>
     <t>Prosjektering</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/nye-stavanger-universitetssykehus-sus2023-578410376</t>
-[...2 lines deleted...]
-    <t>Nye Stavanger Universitetssykehus SUS2023</t>
+    <t>https://www.buildpilot.com/no/project/ye-stavanger-universitetssykehus-sus2023-utbygging-578410376</t>
+  </si>
+  <si>
+    <t>Nye Stavanger Universitetssykehus (SUS2023) Utbygging</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>Delt entreprise</t>
   </si>
   <si>
-    <t>600 NOK/kvm</t>
+    <t>101 600 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -453,51 +453,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-sus-ullandhaug-utvidelse-og-byggetrinn-1-284470988" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-stavanger-universitetssykehus-sus2023-578410376" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/nye-sus-ullandhaug-utvidelse-og-byggetrinn-1-284470988" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/ye-stavanger-universitetssykehus-sus2023-utbygging-578410376" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -591,60 +591,60 @@
       <c r="C6" t="s">
         <v>21</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>24</v>
       </c>
       <c r="G6" t="s">
         <v>28</v>
       </c>
       <c r="I6">
         <v>2022</v>
       </c>
       <c r="J6">
         <v>5</v>
       </c>
       <c r="K6">
         <v>2024</v>
       </c>
       <c r="M6">
-        <v>67500000</v>
+        <v>12700000000</v>
       </c>
       <c r="N6" t="s">
         <v>29</v>
       </c>
       <c r="O6" t="s">
         <v>30</v>
       </c>
       <c r="P6">
-        <v>120000</v>
+        <v>125000</v>
       </c>
       <c r="Q6" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>