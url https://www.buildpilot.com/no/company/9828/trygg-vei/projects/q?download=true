--- v0 (2025-10-17)
+++ v1 (2025-12-12)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="pyexcel_sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="60" uniqueCount="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="39">
   <si>
     <t>This download is limited to 5 projects.</t>
   </si>
   <si>
     <t>To see the remaining 2 projects you must log in.</t>
   </si>
   <si>
     <t>link</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>city</t>
   </si>
   <si>
     <t>sector</t>
   </si>
   <si>
     <t>project_type</t>
   </si>
   <si>
@@ -69,93 +69,93 @@
   <si>
     <t>start_month</t>
   </si>
   <si>
     <t>end_year</t>
   </si>
   <si>
     <t>end_month</t>
   </si>
   <si>
     <t>contract_value</t>
   </si>
   <si>
     <t>contract_currency</t>
   </si>
   <si>
     <t>contract_type</t>
   </si>
   <si>
     <t>sqm_total</t>
   </si>
   <si>
     <t>price_per_sqm</t>
   </si>
   <si>
-    <t>https://www.buildpilot.com/no/project/k-nordland-2024-utskifting-og-reparasjon-24-127039-589636777</t>
-[...2 lines deleted...]
-    <t>Rekkverk Nordland 2024 - Utskifting og reparasjon (24/127039)</t>
+    <t>https://www.buildpilot.com/no/project/rekkverk-nordland-2024-utskifting-og-reparasjon-589636777</t>
+  </si>
+  <si>
+    <t>Rekkverk Nordland 2024 - Utskifting og reparasjon</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>Veier</t>
   </si>
   <si>
     <t>Utskifting</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>NOK</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rekkverk-troms-og-finnmark-2024-651186073</t>
   </si>
   <si>
     <t>Rekkverk Troms og Finnmark 2024</t>
   </si>
   <si>
     <t>Alta</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rekkverk-troms-og-finnmark-2023-856507388</t>
   </si>
   <si>
     <t>Rekkverk Troms og Finnmark 2023</t>
   </si>
   <si>
     <t>Elektrisk infrastruktur</t>
   </si>
   <si>
-    <t>Usikker</t>
+    <t>Anbudsprosess</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rekkverk-nordland-2023-892587324</t>
   </si>
   <si>
     <t>Rekkverk Nordland 2023</t>
   </si>
   <si>
     <t>Værøy</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/rekkverkskontrakt-dov-midt-2023-2024-401215333</t>
   </si>
   <si>
     <t>Rekkverkskontrakt DoV Midt 2023-2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -474,51 +474,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/k-nordland-2024-utskifting-og-reparasjon-24-127039-589636777" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverk-troms-og-finnmark-2024-651186073" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverk-troms-og-finnmark-2023-856507388" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverk-nordland-2023-892587324" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverkskontrakt-dov-midt-2023-2024-401215333" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverk-nordland-2024-utskifting-og-reparasjon-589636777" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverk-troms-og-finnmark-2024-651186073" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverk-troms-og-finnmark-2023-856507388" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverk-nordland-2023-892587324" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buildpilot.com/no/project/rekkverkskontrakt-dov-midt-2023-2024-401215333" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:Q9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <sheetData>
     <row r="1" spans="1:17">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:17">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" t="s">
         <v>2</v>
       </c>
       <c r="B4" t="s">
@@ -625,50 +625,56 @@
         <v>29</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
       <c r="G6" t="s">
         <v>24</v>
       </c>
       <c r="H6" t="s">
         <v>25</v>
       </c>
       <c r="I6">
         <v>2024</v>
       </c>
       <c r="J6">
         <v>10</v>
       </c>
       <c r="K6">
         <v>2025</v>
       </c>
       <c r="L6">
         <v>2</v>
+      </c>
+      <c r="M6">
+        <v>28000000</v>
+      </c>
+      <c r="N6" t="s">
+        <v>26</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B7" t="s">
         <v>31</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
       <c r="E7" t="s">
         <v>32</v>
       </c>
       <c r="F7" t="s">
         <v>23</v>
       </c>
       <c r="G7" t="s">
         <v>33</v>
       </c>
       <c r="H7" t="s">
         <v>25</v>
       </c>
       <c r="M7">