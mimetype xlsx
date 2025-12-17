--- v0 (2025-10-18)
+++ v1 (2025-12-17)
@@ -132,51 +132,51 @@
   <si>
     <t>Genova GE</t>
   </si>
   <si>
     <t>Broer</t>
   </si>
   <si>
     <t>Ferdig bygd</t>
   </si>
   <si>
     <t>Vunnet/kontrahert</t>
   </si>
   <si>
     <t>https://www.buildpilot.com/no/project/nykirke-barkaker-dobbeltspor-infrastrukturprosjekt-220503154</t>
   </si>
   <si>
     <t>Vestfoldbanen Nykirke-Barkåker Dobbeltspor Infrastrukturprosjekt</t>
   </si>
   <si>
     <t>Skoppum</t>
   </si>
   <si>
     <t>Jernbaner</t>
   </si>
   <si>
-    <t>7 100 NOK/kvm</t>
+    <t>261 400 NOK/kvm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -586,51 +586,51 @@
       <c r="C5" t="s">
         <v>21</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>24</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
         <v>26</v>
       </c>
       <c r="K5">
         <v>2025</v>
       </c>
       <c r="L5">
         <v>12</v>
       </c>
       <c r="M5">
-        <v>4517000000</v>
+        <v>5800000000</v>
       </c>
       <c r="N5" t="s">
         <v>27</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="1" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
         <v>32</v>
       </c>
       <c r="E6" t="s">
@@ -683,51 +683,51 @@
       <c r="E7" t="s">
         <v>39</v>
       </c>
       <c r="F7" t="s">
         <v>24</v>
       </c>
       <c r="G7" t="s">
         <v>34</v>
       </c>
       <c r="H7" t="s">
         <v>35</v>
       </c>
       <c r="I7">
         <v>2020</v>
       </c>
       <c r="J7">
         <v>7</v>
       </c>
       <c r="K7">
         <v>2022</v>
       </c>
       <c r="L7">
         <v>1</v>
       </c>
       <c r="M7">
-        <v>100000000</v>
+        <v>3660000000</v>
       </c>
       <c r="N7" t="s">
         <v>27</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
         <v>14000</v>
       </c>
       <c r="Q7" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="A5" r:id="rId1"/>
     <hyperlink ref="A6" r:id="rId2"/>
     <hyperlink ref="A7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>